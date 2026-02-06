--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10189548</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/pasa.2019.41</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Science with the Murchison Widefield Array: Phase I results and Phase II opportunities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Beardsley, A. P.; Johnston-Hollitt, M.; Trott, C. M.; Pober, J. C.; Morgan, J.; Oberoi, D.; Kaplan, D. L.; Lynch, C. R.; Anderson, G. E.; McCauley, P. I.; Croft, S.; James, C. W.; Wong, O. I.; Tremblay, C. D.; Norris, R. P.; Cairns, I. H.; Lonsdale, C. J.; Hancock, P. J.; Gaensler, B. M.; Bhat, N. D.; Li, W.; Hurley-Walker, N.; Callingham, J. R.; Seymour, N.; Yoshiura, S.; Joseph, R. C.; Takahashi, K.; Sokolowski, M.; Miller-Jones, J. C.; Chauhan, J. V.; Bojičić, I.; Filipović, M. D.; Leahy, D.; Su, H.; Tian, W. W.; McSweeney, S. J.; Meyers, B. W.; Kitaeff, S.; Vernstrom, T.; Gürkan, G.; Heald, G.; Xue, M.; Riseley, C. J.; Duchesne, S. W.; Bowman, J. D.; Jacobs, D. C.; Crosse, B.; Emrich, D.; Franzen, T. M.; Horsley, L.; Kenney, D.; Morales, M. F.; Pallot, D.; Steele, K.; Tingay, S. J.; Walker, M.; Wayth, R. B.; Williams, A.; Wu, C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of Australia</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1323-3580</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          The Murchison Widefield Array (MWA) is an open access telescope dedicated to studying the low-frequency (80–300 MHz) southern sky. Since beginning operations in mid-2013, the MWA has opened a new observational window in the southern hemisphere enabling many science areas. The driving science objectives of the original design were to observe 21 cm radiation from the Epoch of Reionisation (EoR), explore the radio time domain, perform Galactic and extragalactic surveys, and monitor solar, heliospheric, and ionospheric phenomena. All together                                                                  $60+$                                            programs recorded 20 000 h producing 146 papers to date. In 2016, the telescope underwent a major upgrade resulting in alternating compact and extended configurations. Other upgrades, including digital back-ends and a rapid-response triggering system, have been developed since the original array was commissioned. In this paper, we review the major results from the prior operation of the MWA and then discuss the new science paths enabled by the improved capabilities. We group these science opportunities by the four original science themes but also include ideas for directions outside these categories.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1816492; 1701440</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>