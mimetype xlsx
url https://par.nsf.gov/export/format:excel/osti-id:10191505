--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10191505</t>
-[...8 lines deleted...]
-    <t>Buccini, Alessandro; Pasha, Mirjeta; Reichel, Lothar</t>
+    <t>10121365</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/cogs.12787</t>
+  </si>
+  <si>
+    <t>Beyond Dyadic Coordination: Multimodal Behavioral Irregularity in Triads Predicts Facets of Collaborative Problem Solving</t>
+  </si>
+  <si>
+    <t>Amon, Mary_Jean [Institute of Cognitive Science University of Colorado Boulder]; Vrzakova, Hana [Institute of Cognitive Science University of Colorado Boulder]; D'Mello, Sidney_K [Institute of Cognitive Science University of Colorado Boulder]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-08-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0377-0427</t>
+    <t>2019-10-06T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Cognitive Science</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>0364-0213</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;We hypothesize that effective collaboration is facilitated when individuals and environmental components form a synergy where they work together and regulate one another to produce stable patterns of behavior, or regularity, as well as adaptively reorganize to form new behaviors, or irregularity. We tested this hypothesis in a study with 32 triads who collaboratively solved a challenging visual computer programming task for 20 min following an introductory warm‐up phase. Multidimensional recurrence quantification analysis was used to examine fine‐grained (i.e., every 10 s) collective patterns of regularity across team members' speech rate, body movement, and team interaction with the shared user interface. We found that teams exhibited significant patterns of regularity as compared to shuffled baselines, but there were no systematic trends in regularity across time. We also found that periods of regularity were associated with a reduction in overall behavior. Notably, the production of irregular behavior predicted expert‐coded metrics of collaborative activity, such as teams' ability to construct shared knowledge and effectively negotiate and coordinate execution of solutions, net of overall behavioral production and behavioral self‐similarity. Our findings support the theory that groups can interact to form interpersonal synergies and indicate that information about system‐level dynamics is a viable way to understand and predict effective collaborative processes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1720259; 1729509</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1745442</t>
+  </si>
+  <si>
+    <t>2019</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,77 +303,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>