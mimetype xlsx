--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10191780</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3386392.3399312</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Personalized Remedial Recommendations for SQL Programming Practice System</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Barria-Pineda, Jordan; Akhuseyinoglu, Kamil; Brusilovsky, Peter; Pollari-Malmi, Kerttu; Sirkiä, Teemu; Malmi, Lauri</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of Workshop on Adaptation and Personalization in Computer Science Education at the 28th ACM Conference on User Modeling, Adaptation and Personalization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>135 - 142</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Personalized recommendation of learning content is one of the most frequently cited benefits of personalized online learning. It is expected that with personalized content recommendation students will be able to build their own unique and optimal learning paths and to achieve course goals in the most optimal way. However, in many practical cases students search for learning content not to expand their knowledge, but to address problems encountered in the learning process, such as failures to solve a problem. In these cases, students could be better assisted by remedial recommendations focused on content that could help in resolving current problems. This paper presents a transparent and explainable interface for remedial recommendations in an online programming practice system. The interface was implemented to support SQL programming practice and evaluated in the context of a large database course. The paper summarizes the insights obtained from the study and discusses future work on remedial recommendations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1740775</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>