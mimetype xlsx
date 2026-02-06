--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10192443</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPSW50202.2020.00048</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Considerations for a Distributed GraphBLAS API</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brock, Benjamin; Buluc, Aydin; Mattson, Timothy G.; McMillan, Scott; Moreira, Jose E.; Pearce, Roger; Selvitopi, Oguz; Steil, Trevor</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2020 IEEE International Parallel and Distributed Processing Symposium Workshops (IPDPSW), Workshop on Graphs, Architecture, Programming, and Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>215 to 218</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The GraphBLAS emerged from an international effort to standardize linear-algebraic building blocks for computing on graphs and graph-structured data. The GraphBLAS is expressed as a C API and has paved the way for multiple implementations. The GraphBLAS C API, however, does not define how distributed-memory parallelism should be handled. This paper reviews various approaches for a GraphBLAS API for distributed computing. This work is guided by our experience with existing distributed memory libraries. Our goal for this paper is to highlight the pros and cons of different approaches rather than to advocate for one particular choice.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823037; 1823034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>