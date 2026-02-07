--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10192452</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3337821.3337912</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>BCL: A Cross-Platform Distributed Data Structures Library</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brock, Benjamin; Buluç, Aydın; Yelick, Katherine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-08-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 48th International Conference on Parallel Processing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>One-sided communication is a useful paradigm for irregular paral- lel applications, but most one-sided programming environments, including MPI’s one-sided interface and PGAS programming lan- guages, lack application-level libraries to support these applica- tions. We present the Berkeley Container Library, a set of generic, cross-platform, high-performance data structures for irregular ap- plications, including queues, hash tables, Bloom filters and more. BCL is written in C++ using an internal DSL called the BCL Core that provides one-sided communication primitives such as remote get and remote put operations. The BCL Core has backends for MPI, OpenSHMEM, GASNet-EX, and UPC++, allowing BCL data structures to be used natively in programs written using any of these programming environments. Along with our internal DSL, we present the BCL ObjectContainer abstraction, which allows BCL data structures to transparently serialize complex data types while maintaining efficiency for primitive types. We also introduce the set of BCL data structures and evaluate their performance across a number of high-performance computing systems, demonstrating that BCL programs are competitive with hand-optimized code, even while hiding many of the underlying details of message aggregation, serialization, and synchronization.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>