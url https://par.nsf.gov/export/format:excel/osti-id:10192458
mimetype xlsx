--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10192458</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1186/s12859-020-03720-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ADEPT: a domain independent sequence alignment strategy for gpu architectures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Awan, Muaaz G.; Deslippe, Jack; Buluc, Aydin; Selvitopi, Oguz; Hofmeyr, Steven; Oliker, Leonid; Yelick, Katherine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>BMC Bioinformatics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1471-2105</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Background              Bioinformatic workflows frequently make use of automated genome assembly and protein clustering tools. At the core of most of these tools, a significant portion of execution time is spent in determining optimal local alignment between two sequences. This task is performed with the Smith-Waterman algorithm, which is a dynamic programming based method. With the advent of modern sequencing technologies and increasing size of both genome and protein databases, a need for faster Smith-Waterman implementations has emerged. Multiple SIMD strategies for the Smith-Waterman algorithm are available for CPUs. However, with the move of HPC facilities towards accelerator based architectures, a need for an efficient GPU accelerated strategy has emerged. Existing GPU based strategies have either been optimized for a specific type of characters (Nucleotides or Amino Acids) or for only a handful of application use-cases.                                      Results              In this paper, we present ADEPT, a new sequence alignment strategy for GPU architectures that is domain independent, supporting alignment of sequences from both genomes and proteins. Our proposed strategy uses GPU specific optimizations that do not rely on the nature of sequence. We demonstrate the feasibility of this strategy by implementing the Smith-Waterman algorithm and comparing it to similar CPU strategies as well as the fastest known GPU methods for each domain. ADEPT’s driver enables it to scale across multiple GPUs and allows easy integration into software pipelines which utilize large scale computational systems. We have shown that the ADEPT based Smith-Waterman algorithm demonstrates a peak performance of 360 GCUPS and 497 GCUPs for protein based and DNA based datasets respectively on a single GPU node (8 GPUs) of the Cori Supercomputer. Overall ADEPT shows 10x faster performance in a node-to-node comparison against a corresponding SIMD CPU implementation.                                      Conclusions              ADEPT demonstrates a performance that is either comparable or better than existing GPU strategies. We demonstrated the efficacy of ADEPT in supporting existing bionformatics software pipelines by integrating ADEPT in MetaHipMer a high-performance denovo metagenome assembler and PASTIS a high-performance protein similarity graph construction pipeline. Our results show 10% and 30% boost of performance in MetaHipMer and PASTIS respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>