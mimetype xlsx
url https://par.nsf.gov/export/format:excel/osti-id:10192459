--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10192459</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS47924.2020.00055</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>LOGAN: High-Performance GPU-Based X-Drop Long-Read Alignment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zeni, Alberto; Guidi, Giulia; Ellis, Marquita; Ding, Nan; Santambrogio, Marco D.; Hofmeyr, Steven; Buluc, Aydin; Oliker, Leonid; Yelick, Katherine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2020 IEEE International Parallel and Distributed Processing Symposium (IPDPS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>462 to 471</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pairwise sequence alignment is one of the most computationally intensive kernels in genomic data analysis, accounting for more than 90% of the runtime for key bioinformatics applications. This method is particularly expensive for third generation sequences due to the high computational cost of analyzing sequences of length between 1Kb and 1Mb. Given the quadratic overhead of exact pairwise algorithms for long alignments, the community primarily relies on approximate algorithms that search only for high-quality alignments and stop early when one is not found. In this work, we present the first GPU optimization of the popular X-drop alignment algorithm, that we named LOGAN. Results show that our high performance multi-GPU implementation achieves up to 181.6 GCUPS and speed-ups up to 6.6? and 30.7? using 1 and 6 NVIDIA Tesla V100, respectively, over the state-of-the-art
+software running on two IBM Power9 processors using 168 CPU threads, with equivalent accuracy. We also demonstrate a 2.3? LOGAN speed-up versus ksw2, a state-of-art vectorized algorithm for sequence alignment implemented in minimap2, a long-read mapping software. To highlight the impact of our work on a real-world application, we couple LOGAN with a many-to-many long-read alignment software called BELLA, and demonstrate that our implementation improves the overall BELLA runtime by up to 10.6?. Finally, we adapt the Roofline model for LOGAN and demonstrate that our implementation is near optimal on the NVIDIA Tesla V100s.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823034</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>