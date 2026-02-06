--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10192788</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.24963/ijcai.2020/386</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Temporal Attribute Prediction via Joint Modeling of Multi-Relational Structure Evolution</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Garg, Sankalp; Sharma, Navodita; Jin, Woojeong; Ren, Xiang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Twenty-Ninth International Joint Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2785 to 2791</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Time series prediction is an important problem in machine learning. Previous methods for time series prediction did not involve additional information. With a lot of dynamic knowledge graphs available, we can use this additional information to predict the time series better. Recently, there has been a focus on the application of deep representation learning on dynamic graphs. These methods predict the structure of the graph by reasoning over the interactions in the graph at previous time steps. In this paper, we propose a new framework to incorporate the information from dynamic knowledge graphs for time series prediction. We show that if the information contained in the graph and the time series data are closely related, then this inter-dependence can be used to predict the time series with improved accuracy. Our framework, DArtNet, learns a static embedding for every node in the graph as well as a dynamic embedding which is dependent on the dynamic attribute value (time-series). Then it captures the information from the neighborhood by taking a relation specific mean and encodes the history information using RNN. We jointly train the model link prediction and attribute prediction. We evaluate our method on five specially curated datasets for this problem and show a consistent improvement in time series prediction results. We release the data and code of model DArtNet for future research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1829268</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>