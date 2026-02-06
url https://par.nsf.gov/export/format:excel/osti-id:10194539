--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10194539</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/su12187677</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Metacoupled Tourism and Wildlife Translocations Affect Synergies and Trade-Offs among Sustainable Development Goals across Spillover Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Zhiqiang; Cai, Meng; Connor, Thomas; Chung, Min Gon; Liu, Jianguo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sustainability</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7677</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2071-1050</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Synergies and trade-offs among the United Nations Sustainable Development Goals (SDGs) have been hotly debated. Although the world is increasingly metacoupled (socioeconomic-environmental interactions within and across adjacent or distant systems), there is little understanding of the impacts of globally widespread and important flows on enhancing or compromising sustainability in different systems. Here, we used a new integrated framework to guide SDG synergy and trade-off analysis within and across systems, as influenced by cross-boundary tourism and wildlife translocations. The world’s terrestrial protected areas alone receive approximately 8 billion visits per year, generating a direct economic impact of US $600 billion. Globally, more than 5000 animal species and 29,000 plant species are traded across country borders, and the wildlife trade has arguably contributed to zoonotic disease worldwide, such as the ongoing COVID-19 pandemic. We synthesized 22 cases of tourism and wildlife translocations across six continents and found 33 synergies and 14 trade-offs among 10 SDGs within focal systems and across spillover systems. Our study provides an empirical demonstration of SDG interactions across spillover systems and insights for holistic sustainability governance, contributing to fostering synergies and reducing trade-offs to achieve global sustainable development in the metacoupled Anthropocene.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1924111; 1340812</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>