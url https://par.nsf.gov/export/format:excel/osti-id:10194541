--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10194541</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Refinement for Multiagent Information Protocols</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Christie V, Samuel H.; Chopra, Amit K.; Singh, Munindar P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 19th International Conference on Autonomous Agents and MultiAgent Systems (AAMAS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>258-266</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An interaction protocol specifies a decentralized multiagent system operationally by specifying constraints on messages exchanged by its member agents. Engineering with protocols requires support for a notion of refinement, whereby a protocol may be substituted without loss of correctness by one that refines it. We identify two desiderata for refinement. One, generality: refinement should not restrict enactments by limiting protocols or infrastructures under consideration. Two, preservation: to facilitate modular verification, refinement should preserve liveness and safety.  We contribute a novel formal notion of protocol refinement based on enactments. We demonstrate generality by tackling the declarative framework of information protocols. We demonstrate preservation by formally establishing that our notion of refinement is safety and liveness preserving. We show the practical benefits of refinement by implementing a checker. We demonstrate that it is less time-intensive to check refinement (and thereby gain safety and liveness) than to recheck safety and liveness of a composition.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908374</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>