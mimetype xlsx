--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10196319</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unsupervised machine learning of quantum phase transitions using diffusion maps</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lidiak, Alexander; Gong, Zhe-Xuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-03-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ArXivorg</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2003.07399</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2331-8422</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Experimental quantum simulators have become large and complex enough that discovering new physics from the huge amount of measurement data can be quite challenging, especially when little theoretical understanding of the simulated model is available. Unsupervised machine learning methods are particularly promising in overcoming this challenge. For the specific task of learning quantum phase transitions, unsupervised machine learning methods have primarily been developed for phase transitions characterized by simple order parameters, typically linear in the measured observables. However, such methods often fail for more complicated phase transitions, such as those involving incommensurate phases, valence-bond solids, topological order, and many-body localization. We show that the diffusion map method, which performs nonlinear dimensionality reduction and spectral clustering of the measurement data, has significant potential for learning such complex phase transitions unsupervised. This method works for measurements of local observables in a single basis and is thus readily applicable to many experimental quantum simulators as a versatile tool for learning various quantum phases and phase transitions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1839232</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>