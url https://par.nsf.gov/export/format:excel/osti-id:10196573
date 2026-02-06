--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10196573</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/hess-23-4171-2019</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Land–atmosphere interactions in the tropics – a review</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gentine, Pierre; Massmann, Adam; Lintner, Benjamin R.; Hamed Alemohammad, Sayed; Fu, Rong; Green, Julia K.; Kennedy, Daniel; Vilà-Guerau de Arellano, Jordi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Hydrology and Earth System Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4171 to 4197</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1607-7938</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract. The continental tropics play a leading role in the terrestrial energy,water, and carbon cycles. Land–atmosphere interactions are integral in theregulation of these fluxes across multiple spatial and temporal scales overtropical continents. We review here some of the important characteristics oftropical continental climates and how land–atmosphere interactions regulatethem. Along with a wide range of climates, the tropics manifest a diversearray of land–atmosphere interactions. Broadly speaking, in tropicalrainforest climates, light and energy are typically more limiting thanprecipitation and water supply for photosynthesis and evapotranspiration (ET),whereas in savanna and semi-arid climates, water is the critical regulatorof surface fluxes and land–atmosphere interactions. We discuss the impact ofthe land surface, how it affects shallow and deep clouds, and how theseclouds in turn can feed back to the surface by modulating surface radiationand precipitation. Some results from recent research suggest that shallowclouds may be especially critical to land–atmosphere interactions. On theother hand, the impact of land-surface conditions on deep convection appearsto occur over larger, nonlocal scales and may be a more relevantland–atmosphere feedback mechanism in transitional dry-to-wet regions andclimate regimes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1734156</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>