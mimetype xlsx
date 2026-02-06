--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10198350</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/MCE.2020.3023538</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reverse Engineering Controller Area Network Messages using Unsupervised Machine Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ezeobi, Uchenna; Olufowobi, Habeeb; Young, Clinton; Zambreno, Joseph; Bloom, Gedare</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Consumer Electronics Magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2162-2248</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The smart city landscape is rife with opportunities for mobility and economic optimization, but also presents many security concerns spanning the range of components and systems in the smart ecosystem. One key enabler for this ecosystem is smart transportation and transit, which is foundationally built upon connected vehicles. Ensuring vehicular security, while necessary to guarantee passenger and pedestrian safety, is itself challenging due to the broad attack surfaces of modern automotive systems. A single car contains dozens to hundreds of small embedded computing devices known as electronic control units (ECUs) executing 100s of millions of lines of code; the inherent complexity of this tightly-integrated cyber-physical system (CPS) is one of the key problems that frustrates effective security. We describe an approach to help reduce the complexity of security analyses by leveraging unsupervised machine learning to learn clusters of messages passed between ECUs that correlate with changes in the CPS state of a vehicle as it moves through the world. Our approach can help to improve the security of vehicles in a smart city, and can leverage smart city infrastructure to further enrich and refine the quality of the machine learning output.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1645987; 1646317; 2011620</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>