--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10199156</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Case Study of Teacher Professional Growth Through Co-design and Implementation of Computationally Enriched Biology Units</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Peel, A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Gresalfi, M. and</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ICLS 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1950-1957</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Teachers in K-12 science classrooms play a key role in helping their students engage in computational thinking (CT) activities that reflect authentic science practices. However, we know less about how to support teachers in integrating CT into their classrooms. This paper presents a case of one science teacher over three years as she participated in a Design Based Implementation Research project focused on integrating CT into science curriculum. We analyze her professional growth as a designer and instructor as she created and implemented three computationally-enriched science units with the support of our research team. Results suggest that she became more confident in her understanding of and ability, leading to greater integration of CT in the science units. Relationships with the research team and co-design experiences mediated this growth. Findings yield implications for how best to support teachers in collaborative curriculum design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1842374</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>