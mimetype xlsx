--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10202921</t>
-[...8 lines deleted...]
-    <t>Lew, Michelle M.; Rickly, Pamela S.; Bottorff, Brandon P.; Reidy, Emily; Sklaveniti, Sofia; Léonardis, Thierry; Locoge, Nadine; Dusanter, Sebastien; Kundu, Shuvashish; Wood, Ezra; Stevens, Philip S.</t>
+    <t>10327492</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/parasitologia1020009</t>
+  </si>
+  <si>
+    <t>Environmental Correlates of Prevalence of an Intraerythrocytic Apicomplexan Infecting Caribbean Damselfish</t>
+  </si>
+  <si>
+    <t>Halliday-Isaac, Akacia K.; Robinson, Jennilee B.; Cruz-Rivera, Edwin; Campbell, Andrew G.; Sikkel, Paul C.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...20 lines deleted...]
-    <t>Abstract. Reactions of the hydroxyl (OH) and peroxy (HO2 and RO2) radicals playa central role in the chemistry of the atmosphere. In addition to controlling the lifetimes ofmany trace gases important to issues of global climate change, OH radical reactionsinitiate the oxidation of volatile organic compounds (VOCs) which can lead to the production ofozone and secondary organic aerosols in the atmosphere. Previous measurements of these radicalsin forest environments characterized by high mixing ratios of isoprene and low mixing ratios ofnitrogen oxides (NOx) (typically less than 1–2 ppb) have shown seriousdiscrepancies with modeled concentrations. These results bring into question our understanding ofthe atmospheric chemistry of isoprene and other biogenic VOCs under low NOxconditions. During the summer of 2015, OH and HO2 radical concentrations, as well as totalOH reactivity, were measured using laser-induced fluorescence–fluorescence assay by gasexpansion (LIF-FAGE) techniques as part of the Indiana Radical Reactivity and Ozone productioN InterComparison (IRRONIC). This campaign took place in a forested area near Indiana University's Bloomington campus which is characterized by high mixing ratios of isoprene (average daily maximum ofapproximately 4 ppb at 28 ∘C) and low mixing ratios of NO (diurnal averageof approximately 170 ppt). Supporting measurements of photolysis rates, VOCs,NOx, and other species were used to constrain a zero-dimensional box model basedon the Regional Atmospheric Chemistry Mechanism (RACM2) and the Master Chemical Mechanism (MCM 3.2),including versions of the Leuven isoprene mechanism (LIM1) for HOx regeneration(RACM2-LIM1 and MCM 3.3.1). Using an OH chemical scavenger technique, the study revealed thepresence of an interference with the LIF-FAGE measurements of OH that increased with bothambient concentrations of ozone and temperature with an average daytime maximum equivalentOH concentration of approximately 5×106 cm−3. Subtraction of theinterference resulted in measured OH concentrations of approximately4×106 cm−3 (average daytime maximum) that were in better agreement with modelpredictions although the models underestimated the measurements in the evening. The addition ofversions of the LIM1 mechanism increased the base RACM2 and MCM 3.2 modeled OH concentrationsby approximately 20 % and 13 %, respectively, with the RACM2-LIM1 mechanism providing thebest agreement with the measured concentrations, predicting maximum daily OH concentrationsto within 30 % of the measured concentrations. Measurements of HO2 concentrationsduring the campaign (approximately a 1×109 cm−3 average daytime maximum)included a fraction of isoprene-based peroxy radicals(HO2*=HO2+αRO2) and were found to agree with modelpredictions to within 10 %–30 %. On average, the measured reactivity was consistent with thatcalculated from measured OH sinks to within 20 %, with modeled oxidation productsaccounting for the missing reactivity, however significant missing reactivity (approximately40 % of the total measured reactivity) was observed on some days.</t>
+    <t>2021-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Parasitologia</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>69 to 82</t>
+  </si>
+  <si>
+    <t>2673-6772</t>
+  </si>
+  <si>
+    <t>Parasites are an integral part of coral reef ecosystems due to their influences on population dynamics, biodiversity, community structure, and food web connectivity. The Phylum Apicomplexa contains ubiquitous animal associates including the causative agents of globally important human diseases such as malaria and cryptosporidiosis. Despite their ubiquity, little is known about the biology, ecology, or distribution of these microorganisms in natural animal populations. In the US Virgin Islands, the dusky damselfish (Stegastes adustus) had a high but variable incidence of a Haemohormidium-like blood apicomplexan among 30 sites sampled. Microscopic analyses of blood smears allowed us to group these fish as infected, having low intensity infections, or uninfected. Regression analyses detected no significant differences in the condition indices (expressed as length–mass ratio). However, infection was clearly associated with potentially extremely high leukocyte counts among infected S. adustus that were not seen in uninfected fish. These results suggested the potential for some impact on the host. Linear mixed effects models indicated that S. adustus population density and meridional flow velocity were the main predictors of apicomplexan prevalence, with presence of other Stegastes species, population distance from watershed, zonal flow velocity, the complexity of the surrounding habitat, and season not showing any significant relationship with fish infection.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1440834; 1827450</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1946412</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -291,93 +288,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>