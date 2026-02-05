--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10203304</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/s20061610</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Automated Indoor Image Localization to Support a Post-Event Building Assessment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Xiaoyu; Dyke, Shirley J.; Yeum, Chul Min; Bilionis, Ilias; Lenjani, Ali; Choi, Jongseong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sensors</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1610</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1424-8220</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Image data remains an important tool for post-event building assessment and documentation. After each natural hazard event, significant efforts are made by teams of engineers to visit the affected regions and collect useful image data. In general, a global positioning system (GPS) can provide useful spatial information for localizing image data. However, it is challenging to collect such information when images are captured in places where GPS signals are weak or interrupted, such as the indoor spaces of buildings. The inability to document the images’ locations hinders the analysis, organization, and documentation of these images as they lack sufficient spatial context. In this work, we develop a methodology to localize images and link them to locations on a structural drawing. A stream of images can readily be gathered along the path taken through a building using a compact camera. These images may be used to compute a relative location of each image in a 3D point cloud model, which is reconstructed using a visual odometry algorithm. The images may also be used to create local 3D textured models for building-components-of-interest using a structure-from-motion algorithm. A parallel set of images that are collected for building assessment is linked to the image stream using time information. By projecting the point cloud model to the structural drawing, the images can be overlaid onto the drawing, providing clear context information necessary to make use of those images. Additionally, components- or damage-of-interest captured in these images can be reconstructed in 3D, enabling detailed assessments having sufficient geospatial context. The technique is demonstrated by emulating post-event building assessment and data collection in a real building.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835473</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>