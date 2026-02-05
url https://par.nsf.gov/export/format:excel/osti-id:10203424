--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10203424</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202037941</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Three short-period Jupiters from TESS: HIP 65Ab, TOI-157b, and TOI-169b</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nielsen, L. D.; Brahm, R.; Bouchy, F.; Espinoza, N.; Turner, O.; Rappaport, S.; Pearce, L.; Ricker, G.; Vanderspek, R.; Latham, D. W.; Seager, S.; Winn, J. N.; Jenkins, J. M.; Acton, J. S.; Bakos, G.; Barclay, T.; Barkaoui, K.; Bhatti, W.; Briceño, C.; Bryant, E. M.; Burleigh, M. R.; Ciardi, D. R.; Collins, K. A.; Collins, K. I.; Cooke, B. F.; Csubry, Z.; dos Santos, L. A.; Eigmüller, Ph.; Fausnaugh, M. M.; Gan, T.; Gillon, M.; Goad, M. R.; Guerrero, N.; Hagelberg, J.; Hart, R.; Henning, T.; Huang, C. X.; Jehin, E.; Jenkins, J. S.; Jordán, A.; Kielkopf, J. F.; Kossakowski, D.; Lavie, B.; Law, N.; Lendl, M.; de Leon, J. P.; Lovis, C.; Mann, A. W.; Marmier, M.; McCormac, J.; Mori, M.; Moyano, M.; Narita, N.; Osip, D.; Otegi, J. F.; Pepe, F.; Pozuelos, F. J.; Raynard, L.; Relles, H. M.; Sarkis, P.; Ségransan, D.; Seidel, J. V.; Shporer, A.; Stalport, M.; Stockdale, C.; Suc, V.; Tamura, M.; Tan, T. G.; Tilbrook, R. H.; Ting, E. B.; Trifonov, T.; Udry, S.; Vanderburg, A.; Wheatley, P. J.; Wingham, G.; Zhan, Z.; Ziegler, C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>639</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A76</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We report the confirmation and mass determination of three hot Jupiters discovered by the Transiting Exoplanet Survey Satellite (TESS) mission: HIP 65Ab (TOI-129, TIC-201248411) is an ultra-short-period Jupiter orbiting a bright (              V              = 11.1 mag) K4-dwarf every 0.98 days. It is a massive 3.213 ± 0.078               M              J              planet in a grazing transit configuration with an impact parameter of              b              = 1.17              −0.08              +0.10              . As a result the radius is poorly constrained, 2.03              −0.49              +0.61              R              J              . The planet’s distance to its host star is less than twice the separation at which it would be destroyed by Roche lobe overflow. It is expected to spiral into HIP 65A on a timescale ranging from 80 Myr to a few gigayears, assuming a reduced tidal dissipation quality factor of              Q              s              ′              = 10              7              − 10              9              . We performed a full phase-curve analysis of the TESS data and detected both illumination- and ellipsoidal variations as well as Doppler boosting. HIP 65A is part of a binary stellar system, with HIP 65B separated by 269 AU (3.95 arcsec on sky). TOI-157b (TIC 140691463) is a typical hot Jupiter with a mass of 1.18 ± 0.13               M              J              and a radius of 1.29 ± 0.02               R              J              . It has a period of 2.08 days, which corresponds to a separation of just 0.03 AU. This makes TOI-157 an interesting system, as the host star is an evolved G9 sub-giant star (              V              = 12.7). TOI-169b (TIC 183120439) is a bloated Jupiter orbiting a              V              = 12.4 G-type star. It has a mass of 0.79 ±0.06               M              J              and a radius of 1.09              −0.05              +0.08              R              J              . Despite having the longest orbital period (              P              = 2.26 days) of the three planets, TOI-169b receives the most irradiation and is situated on the edge of the Neptune desert. All three host stars are metal rich with [Fe / H] ranging from 0.18 to0.24.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1636626</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>