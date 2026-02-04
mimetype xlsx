--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10203594</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Code-first learning environments for science education: a design experiment on kinetic molecular theory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aslan, U.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Constructionism 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>199-212</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Code-first learning entails the use of computer code to learn a concept, and creating computational models is one such effective method for learning about scientific phenomena. Many code-first learning  approaches  employ  the  visual  block-based  programming  paradigm  in  order  to  be accessible to school children with no prior programming experience, providing them with high-level domain-specific code-blocks that encapsulate the underlying complex programming logic. However, even with the aid of visual clues and the benefit of simpler primitives like “forward” and “repeat,” many phenomena studied in classrooms such as the behavior of gas particles in Kinetic Molecular Theory (KMT) are challenging to describe in code. We hypothesized that code blocks designed from a phenomenological perspective to model the behavior of familiar objects and events would both promote students’ authoring of computational models and their ability to encode and test their beliefs within their models. We created these phenomenological blocks within a code-first gas particle sandbox and integrated it into a KMT lesson plan.Two high school teachers taught this curriculum to 121 students, from which we gathered and analyzed video footage from lesson activities and student focus groups. We found that the phenomenological blocks gave students the ability to start programming right away and to express their intuitive understanding of KMT  through  computational  models.  This  exploratory  study  demonstrates  the  potential  for phenomenological  programming  to  broaden  the  application  and  accessibility  of  code-first computational modeling for learning scientific phenomena.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1640201</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>