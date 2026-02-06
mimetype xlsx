--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10203757</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/app10217800</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Automated Code-Smell Detection in Microservices Through Static Analysis: A Case Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Walker, Andrew; Das, Dipta; Cerny, Tomas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Applied Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7800</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2076-3417</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Microservice Architecture (MSA) is becoming the predominant direction of new cloud-based applications. There are many advantages to using microservices, but also downsides to using a more complex architecture than a typical monolithic enterprise application. Beyond the normal poor coding practices and code smells of a typical application, microservice-specific code smells are difficult to discover within a distributed application setup. There are many static code analysis tools for monolithic applications, but tools to offer code-smell detection for microservice-based applications are lacking. This paper proposes a new approach to detect code smells in distributed applications based on microservices. We develop an MSANose tool to detect up to eleven different microservice specific code smells and share it as open-source. We demonstrate our tool through a case study on two robust benchmark microservice applications and verify its accuracy. Our results show that it is possible to detect code smells within microservice applications using bytecode and/or source code analysis throughout the development process or even before its deployment to production.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1854049</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>