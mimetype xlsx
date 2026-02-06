--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10203965</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/JB.00128-20</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exogenous Fatty Acids Remodel &lt;i&gt;Staphylococcus aureus&lt;/i&gt; Lipid Composition through Fatty Acid Kinase</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>DeMars, Zachary; Singh, Vineet K.; Bose, Jeffrey L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Stock, Ann M.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Bacteriology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>202</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0021-9193</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT                          Staphylococcus aureus              can utilize exogenous fatty acids for phospholipid synthesis. The fatty acid kinase FakA is essential for this utilization by phosphorylating exogenous fatty acids for incorporation into lipids. How FakA impacts the lipid membrane composition is unknown. In this study, we used mass spectrometry to determine the membrane lipid composition and properties of              S. aureus              in the absence of              fakA              . We found the              fakA              mutant to have increased abundance of lipids containing longer acyl chains. Since              S. aureus              does not synthesize unsaturated fatty acids, we utilized oleic acid (18:1) to track exogenous fatty acid incorporation into lipids. We observed a concentration-dependent incorporation of exogenous fatty acids into the membrane that required FakA. We also tested how FakA and exogenous fatty acids impact membrane-related physiology and identified changes in membrane potential, cellular respiration, and membrane fluidity. To mimic the host environment, we characterized the lipid composition of wild-type and              fakA              mutant bacteria grown in mouse skin homogenate. We show that wild-type              S. aureus              can incorporate exogenous unsaturated fatty acids from host tissue, highlighting the importance of FakA in the presence of host skin tissue. In conclusion, FakA is important for maintaining the composition and properties of the phospholipid membrane in the presence of exogenous fatty acids, impacting overall cell physiology.                                      IMPORTANCE              Environmental fatty acids can be harvested to supplement endogenous fatty acid synthesis to produce membranes and circumvent fatty acid biosynthesis inhibitors. However, how the inability to use these fatty acids impacts lipids is unclear. Our results reveal lipid composition changes in response to fatty acid addition and when              S. aureus              is unable to activate fatty acids through FakA. We identify concentration-dependent utilization of oleic acid that, when combined with previous work, provides evidence that fatty acids can serve as a signal to              S. aureus              . Furthermore, using mouse skin homogenates as a surrogate for              in vivo              conditions, we showed that              S. aureus              can incorporate host fatty acids. This study highlights how exogenous fatty acids impact bacterial membrane composition and function.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726527</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>