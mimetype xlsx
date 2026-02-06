--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10204873</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Parallel Algorithm for Non-Monotone DR-Submodular Maximization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ene, Alina; Nguyen, Huy L</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Machine Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this work, we give a new parallel algorithm for the problem of maximizing a non-monotone diminishing returns submodular function subject to a cardinality constraint. For any desired accuracy $\epsilon$, our algorithm achieves a $1/e - \epsilon$ approximation using $O(\log{n} \log(1/\epsilon) / \epsilon^3)$ parallel rounds of function evaluations. The approximation guarantee nearly matches the best approximation guarantee known for the problem in the sequential setting and the number of parallel rounds is nearly-optimal for any constant $\epsilon$. Previous algorithms achieve worse approximation guarantees using $\Omega(\log^2{n})$ parallel rounds. Our experimental evaluation suggests that our algorithm obtains solutions whose objective value nearly matches the value obtained by the state of the art sequential algorithms, and it outperforms previous parallel algorithms in number of parallel rounds, iterations, and solution quality.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718342; 1750333; 1908510</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>