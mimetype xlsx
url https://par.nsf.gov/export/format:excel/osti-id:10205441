--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10205441</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/staa2859</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The close binary fraction as a function of stellar parameters in APOGEE: a strong anticorrelation with α abundances</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mazzola, Christine N; Badenes, Carles; Moe, Maxwell; Koposov, Sergey E; Kounkel, Marina; Kratter, Kaitlin; Covey, Kevin; Walker, Matthew G; Thompson, Todd A; Andrews, Brett; Freeman, Peter E; Anguiano, Borja; Carlberg, Joleen K; De Lee, Nathan M; Frinchaboy, Peter M; Lewis, Hannah M; Majewski, Steven; Nidever, David; Nitschelm, Christian; Price-Whelan, Adrian M; Roman-Lopes, Alexandre; Stassun, Keivan G; Troup, Nicholas W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>499</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1607 to 1626</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We use observations from the Apache Point Observatory Galactic Evolution Experiment (APOGEE) survey to explore the relationship between stellar parameters and multiplicity. We combine high-resolution repeat spectroscopy for 41 363 dwarf and subgiant stars with abundance measurements from the APOGEE pipeline and distances and stellar parameters derived using Gaia DR2 parallaxes from Sanders &amp; Das to identify and characterize stellar multiples with periods below 30 yr, corresponding to ΔRVmax ≳ 3 km s−1, where ΔRVmax is the maximum APOGEE-detected shift in the radial velocities. Chemical composition is responsible for most of the variation in the close binary fraction in our sample, with stellar parameters like mass and age playing a secondary role. In addition to the previously identified strong anticorrelation between the close binary fraction and [Fe/H], we find that high abundances of α elements also suppress multiplicity at most values of [Fe/H] sampled by APOGEE. The anticorrelation between α abundances and multiplicity is substantially steeper than that observed for Fe, suggesting C, O, and Si in the form of dust and ices dominate the opacity of primordial protostellar discs and their propensity for fragmentation via gravitational stability. Near [Fe/H] = 0 dex, the bias-corrected close binary fraction (a &amp;lt; 10 au) decreases from ≈100 per cent at [α/H] = −0.2 dex to ≈15 per cent near [α/H] = 0.08 dex, with a suggestive turn-up to ≈20 per cent near [α/H] = 0.2. We conclude that the relationship between stellar multiplicity and chemical composition for sun-like dwarf stars in the field of the Milky Way is complex, and that this complexity should be accounted for in future studies of interacting binaries.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1909022; 1909584</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>