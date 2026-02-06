--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10208269</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/CDC40024.2019.9029844</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Continuous Threshold Model of Cascade Dynamics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhong, Yaofeng Desmond; Leonard, Naomi Ehrich</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Conference on Decisions and Control</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1704 to 1709</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a continuous threshold model (CTM) of cascade dynamics for a network of agents with real-valued activity levels that change continuously in time. The model generalizes the linear threshold model (LTM) from the literature, where an agent becomes active (adopts an innovation) if the fraction of its neighbors that are active is above a threshold. With the CTM we study the influence on cascades of heterogeneity in thresholds for a network comprised of a chain of three clusters of agents, each distinguished by a different threshold. The system is most sensitive to change as the dynamics pass through a bifurcation point: if the bifurcation is supercritical the response will be contained, while if the bifurcation is subcritical the response will be a cascade. We show that there is a subcritical bifurcation, thus a cascade, in response to an innovation if there is a large enough disparity between the thresholds of sufficiently large clusters on either end of the chain; otherwise the response will be contained.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1635056</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>