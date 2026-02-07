--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10209460</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/PACT.2019.00025</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optimizing Persistent Memory Transactions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zardoshti, Pantea; Zhou, Tingzhe; Liu, Yujie; Spear, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>28th International Conference on Parallel Architectures and Compilation Techniques</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>219 to 231</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Byte-addressable, non-volatile, random access memory (NVM) has the potential to dramatically accelerate the performance of storage-intensive workloads. For applications with irregular data access patterns, and applications that rely on ad-hoc data structures, the most promising model for interacting with NVM is a transactional model. However, the specifics of the model matter significantly. We introduce two models for programming persistent transactions. We show how to build concurrent persistent transactional memory from traditional software transactional memories. We then introduce general and model-specific optimizations that can substantially improve the performance of persistent transactions. Our evaluation shows a substantial improvement in the both the latency and scalability of persistent transactions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723624</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>