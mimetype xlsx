--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10209946</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Nonverbal task learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kunda, Maithilee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Seventh Annual Conference on Advances in Cognitive Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>609-622</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Nonverbal task learning is defined here as a variant of interactive task learning in which an agent learns the definition of a new task without any verbal information such as task instructions. Instead, the agent must 1) learn the task definition using only a single solved example problem as its training input, and then 2) generalize this definition in order to successfully parse new problems. In this paper, we present a conceptual framework for nonverbal task learning, and we compare and contrast this type of learning with existing learning paradigms in AI. We also discuss nonverbal task learning in the context of nonverbal human intelligence tests, which are standardized tests designed to be given without any verbal instructions so that they can be used by people with language difficulties.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730044</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>