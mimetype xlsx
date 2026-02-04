--- v0 (2025-10-31)
+++ v1 (2026-02-04)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10210122</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/IJMCE-03-2020-0011</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The benefits and challenges of a blended peer mentoring program for women peer mentors in science, technology, engineering and mathematics (STEM)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rockinson-Szapkiw, Amanda; Wendt, Jillian L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-11-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Journal of Mentoring and Coaching in Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>ahead-of-print</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>ahead-of-print</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2046-6854</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Purpose              The unequitable representation among genders in science, technology, engineering and mathematics (STEM) degrees and careers remains a persisting challenge. Peer mentoring has been cited as one method for supporting women and racial and ethnic minorities in becoming interested in, experiencing self-efficacy in and persisting in STEM. The current study was undertaken to explore how and in what ways peer mentors' participation in the program (namely, the mentoring experience) influenced their STEM self-efficacy beliefs, interests, skills and behaviors, including their intent to persist and actual persistence in STEM.                                      Design/methodology/approach              Using a multisite case study design, the current study implemented a blended peer mentoring program at two historically black institutions.                                      Findings              The experience in the peer mentoring process increased mentors' self-efficacy, career interest, perceived mentoring skill development in most areas and intent to persist in STEM. Evidence from the interviews and open-ended survey questions demonstrated that the peer mentoring experience had a direct influence on the mentor's self-efficacy, career interest, leadership and professional skills and persistence. The thematic analysis of the data sources revealed that specific elements of the peer mentoring experience influenced mentors' beliefs, interests, skills and behaviors, including recognition, functioning as a mentor, developing an other's orientation, engaging in a sisterhood and developing competencies.                                      Originality/value              Findings support the benefit of the blended peer mentoring program model among women who identify as a racial or ethnic minority across two historically black college or universities (HBCUs). Peer mentoring programs should include training to increase competencies and skills, should provide resources targeted to specific mentor needs and should include opportunities for self-reflection and components of faculty support.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717082</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>