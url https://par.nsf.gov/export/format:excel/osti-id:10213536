--- v0 (2026-01-18)
+++ v1 (2026-01-18)
@@ -86,84 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10176179</t>
-[...8 lines deleted...]
-    <t>Choi, Minseok; Molisch, Andreas F.; Kim, Joongheon</t>
+    <t>10213536</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-06-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>This paper proposes a user scheduling and power allocation method for content delivery in wireless caching helper networks without any stringent constraint on the interference model. For supporting delay-sensitive and time-varying user demands, the actual delivery quantity of the requested content should be dynamically controlled by advanced scheduling and power allocation. In addition, it is difficult for a central unit to control the content delivery due to a lack of knowledge of the entire time-varying network; therefore, a belief-propagation (BP)-based algorithm that facilitates distributed decisions on user scheduling and power allocation at every caching helper is presented. The proposed delivery scheme maximizes power efficiency while limiting the average delay of user request satisfactions by managing interference among users well. Simulation results show that the proposed scheme provides almost the same delay performance as the exhaustively found optimal one at the expense of little power consumption.</t>
+    <t>Experimental Evaluation of the Performance of a Nonlinear Dual-Mode Vibration Isolator/Absorber System</t>
+  </si>
+  <si>
+    <t>Bin, P.; Harvey, Jr.</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-02-08T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2021 International Modal Analysis Conference XXXIX</t>
+  </si>
+  <si>
+    <t>3 pp</t>
+  </si>
+  <si>
+    <t>Floor isolation systems (FISs) are used to mitigate earthquake-induced damage to sensitive building contents and equipment. Traditionally, the isolated floor and the primary building structure (PS) are analyzed independently, assuming the PS response is uncoupled from the FIS response. Dynamic coupling may be non-negligible when nonlinearities are present under large deflections at strong disturbance levels. This study investigates a multi-functional FIS that functions primarily as an isolator (i.e., attenuating total acceleration sustained by the isolated equipment) at low-to-moderate disturbance levels, and then passively adapt under strong disturbances to function as a nonlinear (vibro-impact) dynamic vibration absorbers to protect the PS (i.e., reducing inter-story drifts). The FIS, therefore, functions as a dual-model vibration isolator/absorber system, with displacement dependent response adaptation. A scale experimental model—consisting of a three-story frame and an isolated mass—is used to demonstrate and evaluate the design methodology via shake table tests. The properties of the 3D-printed rolling pendulum (RP) bearing, the seismic gap, and the impact mechanism are optimized to achieve the desired dual-mode performance. A suite of four ground motions with varying spectral qualities are used, and their amplitudes are scaled to represent various hazards—from service level earthquake (SLE), to design basis earthquake (DBE), and even maximum considered earthquake (MCE). The performance of the multi-functional FIS is established and is described in this paper.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1423140; 1816699</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1663376</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -276,88 +276,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>