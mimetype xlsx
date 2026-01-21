--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10213714</t>
-[...8 lines deleted...]
-    <t>Sweet, Andrew D.; Johnson, Kevin P.; Cameron, Stephen L.</t>
+    <t>10308308</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41598-021-99853-1</t>
+  </si>
+  <si>
+    <t>Computed tomography reveals hip dysplasia in the extinct Pleistocene saber-tooth cat Smilodon</t>
+  </si>
+  <si>
+    <t>Balisi, Mairin A.; Sharma, Abhinav K.; Howard, Carrie M.; Shaw, Christopher A.; Klapper, Robert; Lindsey, Emily L.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...17 lines deleted...]
-    <t>Most animals have a conserved mitochondrial genome structure composed of a single chromosome. However, some organisms have their mitochondrial genes separated on several smaller circular or linear chromosomes. Highly fragmented circular chromosomes (“minicircles”) are especially prevalent in parasitic lice (Insecta: Phthiraptera), with 16 species known to have between nine and 20 mitochondrial minicircles per genome. All of these species belong to the same clade (mammalian lice), suggesting a single origin of drastic fragmentation. Nevertheless, other work indicates a lesser degree of fragmentation (2–3 chromosomes/genome) is present in some avian feather lice (Ischnocera: Philopteridae). In this study, we tested for minicircles in four species of the feather louse genus              Columbicola              (Philopteridae). Using whole genome shotgun sequence data, we applied three different bioinformatic approaches for assembling the              Columbicola              mitochondrial genome. We further confirmed these approaches by assembling the mitochondrial genome of              Pediculus humanus              from shotgun sequencing reads, a species known to have minicircles.              Columbicola              spp. genomes are highly fragmented into 15–17 minicircles between ∼1,100 and ∼3,100 bp in length, with 1–4 genes per minicircle. Subsequent annotation of the minicircles indicated that tRNA arrangements of minicircles varied substantially between species. These mitochondrial minicircles for species of              Columbicola              represent the first feather lice (Philopteridae) for which minicircles have been found in a full mitochondrial genome assembly. Combined with recent phylogenetic studies of parasitic lice, our results provide strong evidence that highly fragmented mitochondrial genomes, which are otherwise rare across the Tree of Life, evolved multiple times within parasitic lice.</t>
+    <t>2021-10-28T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Scientific Reports</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2045-2322</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Reconstructing the behavior of extinct species is challenging, particularly for those with no living analogues. However, damage preserved as paleopathologies on bone can record how an animal moved in life, potentially reflecting behavioral patterns. Here, we assess hypothesized etiologies of pathology in a pelvis and associated right femur of a&lt;italic&gt;Smilodon fatalis&lt;/italic&gt;saber-toothed cat, one of the best-studied species from the Pleistocene-age Rancho La Brea asphalt seeps, California, USA, using visualization by computed tomography (CT). The pelvis exhibits massive destruction of the right hip socket that was interpreted, for nearly a century, to have developed from trauma and infection. CT imaging reveals instead that the pathological distortions characterize chronic remodeling that began at birth and led to degeneration of the joint over the animal’s life. These results suggest that this individual suffered from hip dysplasia, a congenital condition common in domestic dogs and cats. This individual reached adulthood but could not have hunted properly nor defended territory on its own, likely relying on a social group for feeding and protection. While extant social felids are rare, these fossils and others with similar pathologies are consistent with a spectrum of social strategies in&lt;italic&gt;Smilodon&lt;/italic&gt;supported by a predominance of previous studies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1906262</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1812301</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,91 +289,93 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>