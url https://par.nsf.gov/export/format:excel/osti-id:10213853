--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10213853</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/epjconf/202024503005</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Distributed Computing Software and Data Access Patterns in OSG Midscale Collaborations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Paschos, Pascal; Riedel, Benedikt; Rynge, Mats; Bryant, Lincoln; Stephen, Judith; Gardner, Robert; Fajardo, Edgar; Hicks, John; Wuerthwein, Frank; Clark, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Doglioni, C.; Kim, D.; Stewart, G.A.; Silvestris, L.; Jackson, P.; Kamleh, W.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>EPJ Web of Conferences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>245</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>03005</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2100-014X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper we showcase the support in Open Science Grid (OSG) of Midscale collaborations, the region of computing and storage scale where multi-institutional researchers collaborate to execute their science workflows on the grid without having dedicated technical support teams of their own. Collaboration Services enables such collaborations to take advantage of the distributed resources of the Open Science Grid by facilitating access to submission hosts, the deployment of their applications and supporting their data management requirements. Distributed computing software adopted from large scale collaborations, such as CVMFS, Rucio, xCache lower the barrier of intermediate scale research to integrate with existing infrastructure.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1841475</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>