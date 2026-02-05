--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10214812</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Innovating Scaffolded Prototyping for Design Education: Toward A Conceptual Framework Derived from Mathematics Pedagogy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ali, Hadi; Kinach, Barbara; Lande, Micah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Forty-First Annual Meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The practice of prototyping is challenging to novice designers as they underutilize insights that prototyping offers to solving design problem. Central to this challenge is the abstract nature of design concepts like idea representation, iteration, and problem solution-space exploration. A unique opportunity from mathematics education presents itself for design educators and facilitators; that is, teaching with manipulatives. We seek to transfer such practices in mathematics education to design education and practice. Challenges exist for design researchers to carefully craft activities in design education mainly because of the open-endedness of problems, decision-making that takes place while designing, and the inherent uncertainties in the design problems. Ultimately, the goal is to develop students’ ability to flexibly transfer expertise to other contexts and new design challenges.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723802</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>