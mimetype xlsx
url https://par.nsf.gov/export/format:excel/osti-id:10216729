--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -151,51 +151,51 @@
 log across the fault zones (at the beginning of operations), and
 deepen the hole by coring an interval of no more than ~20 m.
 The planned temperature logging run at the beginning of opera-
 tions was only partially successful because the logging tool could
 not be lowered below a ledge at 277 m wireline log depth below sea-
 floor (WSF). Subsequent reaming using two tricone bit runs estab-
 lished a clean hole free of debris to the total depth of 789.7 m
 drilling depth below seafloor (DSF) established during Expedition
 360. The fishing run with the reverse circulation junk basket (RCJB)
 yielded a surprise: it deepened Hole U1473A by 0.5 m and no junk
 was present at the bottom of the hole (i.e., the MBR-RS must have
 been removed with the last RCJB run during Expedition 360 and
 fallen to the seafloor without leaving any operational evidence).
 Next, four coring intervals deepened Hole U1473A by another 19.2
 m, recovering 16.55 m (86%). The last task, cementing four fault
 zones identified in cores and mapped precisely based on Expedition
 360 wireline logs, was partly successful. We completely cemented
 the lowermost fault zone (584–500 m DSF) and partly cemented the
 second lowest and most intense fault zone (489–443 m DSF). The
 upper two, less severe fault zones were not cemented at all.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1658031</t>
+    <t>1658031; 1326927</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>