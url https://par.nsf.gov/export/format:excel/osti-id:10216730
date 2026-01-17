--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>2017-01-30T05:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the International Ocean Discovery Program</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>2377-3189</t>
   </si>
   <si>
     <t>During the 11 day transit from Colombo, Sri Lanka, to International Ocean Discovery Program (IODP) Site U1473 at Atlantis Bank, the Expedition 360 science party reexamined cores drilled during Ocean Drilling Program (ODP) Leg 179 in Hole 1105A (Pettigrew, Casey, Miller, et al., 1999; Casey et al., 2007). This activity involved rigorously describing the cores and many of the accompanying thin sections with the primary purpose of familiarizing the science party with the material likely to be encountered at the new Site U1473, situated 1.4 km to the north. The science party developed templates for description of the igneous, metamorphic, and structural features of the cores and analyzed thin sections made during Leg 179 to establish core description protocols for the new Site U1473 cores. An additional benefit of redescribing Hole 1105A cores is that the data generated are in a format directly comparable with those for Hole U1473A.
 In general, our findings were very similar to those produced by the Leg 179 scientists; however, with a larger science party to work on the cores, some of the information collected is new. We include this information in this chapter, as a basis for direct comparison with the results of drilling at Site U1473. In addition, we were able to make certain physical properties measurements on Hole 1105A cores, including magnetic susceptibility measurements of core section halves, that had not been possible during Leg 179. It is important to note here that the observations made on Hole 1105A cores by the Expedition 360 science party augment rather than replace those made by the Leg 179 scientists.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1658031</t>
+    <t>1658031; 1326927</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>