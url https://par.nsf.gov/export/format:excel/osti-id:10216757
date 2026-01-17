--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -169,51 +169,51 @@
 pentinization could support a whole new planetary biosphere deep
 in the oceanic basement. The SloMo Project seeks to test these hy-
 potheses at Atlantis Bank and evaluate the processes of natural car-
 bon sequestration in the lower crust and uppermost mantle.
 A primary objective of SloMo Leg 1 was to explore the lateral
 variability of the stratigraphy established in Hole 735B. Comparison
 of Hole U1473A with Holes 735B and 1105A allows us to demon-
 strate a continuity of process and complex interplay of magmatic ac-
 cretion and steady-state detachment faulting over a time period of
 ~128 ky. Preliminary assessment indicates that these sections of
 lower crust are constructed by repeated cycles of intrusion, repre-
 sented in Hole U1473A by approximately three upwardly differenti-
 ated hundreds of meter–scale bodies of olivine gabbro broadly
 similar to those encountered in the deeper parts of Hole 735B.
 Specific aims of Expedition 360 focused on gaining an under-
 standing of how magmatism and tectonism interact in accommo-
 dating seafloor spreading, how magnetic reversal boundaries are
 expressed in the lower crust, assessing the role of the lower crust
 and shallow mantle in the global carbon cycle, and constraining the
 extent and nature of life at deep levels within the ocean lithosphere.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1658031</t>
+    <t>1658031; 1326927</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>