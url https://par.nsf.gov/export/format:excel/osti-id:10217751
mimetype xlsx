--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10217751</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/d0cy00897d</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The effect of strong metal–support interaction (SMSI) on Pt–Ti/SiO &lt;sub&gt;2&lt;/sub&gt; and Pt–Nb/SiO &lt;sub&gt;2&lt;/sub&gt; catalysts for propane dehydrogenation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu Chen, Johnny; Gao, Junxian; Probus, Paige R.; Liu, Wei; Wu, Xianli; Wegener, Evan C.; Kropf, A. Jeremy; Zemlyanov, Dmitry; Zhang, Guanghui; Yang, Xin; Miller, Jeffrey T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Catalysis Science &amp; Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5973 to 5982</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2044-4753</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this study, we show how strong metal–support interaction (SMSI) oxides in Pt–Nb/SiO              2              and Pt–Ti/SiO              2              affect the electronic, geometric and catalytic properties for propane dehydrogenation. Transmission electron microscopy (TEM), CO chemisorption, and decrease in the catalytic rates per gram Pt confirm that the Pt nanoparticles were partially covered by the SMSI oxides. X-ray absorption near edge structure (XANES),              in situ              X-ray photoelectron spectroscopy (XPS), and resonant inelastic X-ray scattering (RIXS) showed little change in the energy of Pt valence orbitals upon interaction with SMSI oxides. The catalytic activity per mol of Pt for ethylene hydrogenation and propane dehydrogenation was lower due to fewer exposed Pt sites, while turnover rates were similar. The SMSI oxides, however, significantly increase the propylene selectivity for the latter reaction compared to Pt/SiO              2              . In the SMSI catalysts, the higher olefin selectivity is suggested to be due to the smaller exposed Pt ensemble sites, which result in suppression of the alkane hydrogenolysis reaction; while the exposed atoms remain active for dehydrogenation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1647722</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>