--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10218461</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3431832.3431839</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>COSMOS educational toolkit: using experimental wireless networking to enhance middle/high school STEM education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Skrimponis, Panagiotis; Makris, Nikos; Rajguru, Sheila Borges; Cheng, Karen; Ostrometzky, Jonatan; Ford, Emily; Kostic, Zoran; Zussman, Gil; Korakis, Thanasis</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGCOMM Computer Communication Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>58 to 65</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0146-4833</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper focuses on the K-12 educational activities of COSMOS-&lt;u&gt;C&lt;/u&gt;loud enhanced &lt;u&gt;O&lt;/u&gt;pen &lt;u&gt;S&lt;/u&gt;oftware defined &lt;u&gt;MO&lt;/u&gt;bile wireless testbed for city-&lt;u&gt;S&lt;/u&gt;cale deployment. The COSMOS wireless reasearch testbed is being deployed in West Harlem (New York City) as part of the NSF Platforms for Advanced Wireless Research (PAWR) program. COSMOS' approach for K-12 education is twofold: (i) create an innovative and concrete set of methods/tools that allow teaching STEM subjects using live experiments related to wireless networks/IoT/cloud, and (ii) enhance the professional development (PD) of K-12 teachers and collaborate with them to create hands-on educational material for the students. The COSMOS team has already conducted successful pilot summer programs for middle and high school STEM teachers, where the team worked with the teachers and jointly developed innovative real-world experiments that were organized as automated and repeatable math, science, and computer science labs to be used in the classroom. The labs run on the COSMOS Educational Toolkit, a hardware and software system that offers a large variety of pre-orchestrated K-12 educational labs. The software executes and manages the experiments in the same operational philosophy as the COSMOS testbed. Specifically, since it is designed for use by non-technical middle and high school teachers/students, it adds easy-to-use enhancements to the experiments' execution and the results visualization. The labs are also supported by Next Generation Science Standards (NGSS)-compliant teacher/student material. This paper describes the teachers' PD program, the NGSS lessons created and the hardware and software system developed to support the initiative. Additionally, it provides an evaluation of the PD approach as well as the expected impact to K-12 STEM education. Current limitations and future work are also included as part of the discussion section.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1910757; 2029295; 1641100</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>