--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10218520</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/scan/nsaa057</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tools of the Trade Multivoxel pattern analysis in fMRI: a practical introduction for social and affective neuroscientists</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Weaverdyck, Miriam E; Lieberman, Matthew D; Parkinson, Carolyn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Social Cognitive and Affective Neuroscience</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>487 to 509</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1749-5016</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The family of neuroimaging analytical techniques known as multivoxel pattern analysis (MVPA) has dramatically increased in popularity over the past decade, particularly in social and affective neuroscience research using functional magnetic resonance imaging (fMRI). MVPA examines patterns of neural responses, rather than analyzing single voxel- or region-based values, as is customary in conventional univariate analyses. Here, we provide a practical introduction to MVPA and its most popular variants (namely, representational similarity analysis (RSA) and decoding analyses, such as classification using machine learning) for social and affective neuroscientists of all levels, particularly those new to such methods. We discuss how MVPA differs from traditional mass-univariate analyses, the benefits MVPA offers to social neuroscientists, experimental design and analysis considerations, step-by-step instructions for how to implement specific analyses in one’s own dataset and issues that are currently facing research using MVPA methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835239</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>