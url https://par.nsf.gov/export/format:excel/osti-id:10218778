--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10218778</t>
-[...8 lines deleted...]
-    <t>Kim, Kyeongmin; Hall, Matthew J.; Wilson, Preston S.; Matthews, Ronald D.</t>
+    <t>10110255</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1137/1.9781611975673.27</t>
+  </si>
+  <si>
+    <t>Hierarchical Attention Networks for Cyberbullying Detection on the Instagram Social Network</t>
+  </si>
+  <si>
+    <t>Cheng, Lu; Guo, Ruocheng; Silva, Yasin N.; Hall, Deborah L.; Liu, Huan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...20 lines deleted...]
-    <t>A spark plug calorimeter is introduced for quantifying the thermal energy delivered to unreactive gas surrounding the spark gap during spark ignition. Unlike other calorimeters, which measure the small pressure rise of the gas above the relatively high gauge pressure or relative to an internal reference, the present calorimeter measured the differential rise in pressure relative to the initial pressure in the calorimeter chamber. By using a large portion of the dynamic range of the chip-based pressure sensor, a high signal to noise ratio is possible; this can be advantageous, particularly for high initial pressures. Using this calorimeter, a parametric study was carried out, measuring the thermal energy deposition in the gas and the electrical-to-thermal energy conversion efficiency over a larger range of initial pressures than has been carried out previously (1–24 bar absolute at 298 K). The spark plug and inductive ignition circuit used gave arc-type rather than glow-type discharges. A standard resistor-type automotive spark plug was tested. The effects of spark gap distance (0.3–1.5 mm) and ignition dwell time (2–6 ms) were studied for an inductive-type ignition system. It was found that energy deposition to the gas (nitrogen) and the electrical-to-thermal energy conversion efficiency increased strongly with increasing gas pressure and spark gap distance. For the same ignition hardware and operating conditions, the thermal energy delivered to the gap varied from less than 1 mJ at 1 atm pressure and a gap distance of 0.3 mm to over 25 mJ at a pressure of 24 bar and a gap distance of 1.5 mm. For gas densities that might be representative of those in an engine at the time of ignition, the electrical-to-thermal energy conversion efficiencies ranged from approximately 3% at low pressures (4 bar) and small gap (0.3 mm) to as much as 40% at the highest pressure of 24 bar and with a gap of 1.5 mm.</t>
+    <t>2019-05-02T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the ... SIAM International Conference on Data Mining</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>339-347</t>
+  </si>
+  <si>
+    <t>2167-0102</t>
+  </si>
+  <si>
+    <t>Cyberbullying has become one of the most pressing online risks for young people and has raised serious concerns in society. The emerging literature identifies cyberbullying as repetitive acts that occur over time rather than one-off incidents. Yet, there has been relatively little work to model the hierarchical structure of social media sessions and the temporal dynamics of cyberbullying in online social network sessions. We propose a hierarchical attention network for cyberbullying detection that takes these aspects of cyberbullying into account. The primary distinctive characteristics of our approach include: (i) a hierarchical structure that mirrors the structure of a social media session; (ii) levels of attention mechanisms applied at the word and comment level, thereby enabling the model to pay different amounts of attention to words and comments, depending on the context; and (iii) a cyberbullying detection task that also predicts the interval of time between two adjacent comments. These characteristics allow the model to exploit the commonalities and differences across these two tasks to improve the performance of cyberbullying detection. Experiments on a real-world dataset from Instagram, the social media platform on which the highest percentage of users have reported experiencing cyberbullying, reveal that the proposed architecture outperforms the state-of-the-art method.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1650483</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1719722</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -291,93 +282,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>