--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10219954</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/RPJ-12-2018-0312</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A functional modeling approach for quality assurance in metal additive manufacturing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Seo, Gijeong; Ahsan, Md. RU; Lee, Yousub; Shin, Jong-Ho; Park, Hyungjun; Kim, Duck Bong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Rapid Prototyping Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>288 to 303</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1355-2546</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Purpose              Due to the complexity of and variations in additive manufacturing (AM) processes, there is a level of uncertainty that creates critical issues in quality assurance (QA), which must be addressed by time-consuming and cost-intensive tasks. This deteriorates the process repeatability, reliability and part reproducibility. So far, many AM efforts have been performed in an isolated and scattered way over several decades. In this paper, a systematically integrated holistic view is proposed to achieve QA for AM.                                      Design/methodology/approach              A systematically integrated view is presented to ensure the predefined part properties before/during/after the AM process. It consists of four stages, namely, QA plan, prospective validation, concurrent validation and retrospective validation. As a foundation for QA planning, a functional workflow and the required information flows are proposed by using functional design models: Icam DEFinition for Function Modeling.                                      Findings              The functional design model of the QA plan provides the systematically integrated view that can be the basis for inspection of AM processes for the repeatability and qualification of AM parts for reproducibility.                                      Research limitations/implications              A powder bed fusion process was used to validate the feasibility of this QA plan. Feasibility was demonstrated under many assumptions; real validation is not included in this study.                                      Social implications              This study provides an innovative and transformative methodology that can lead to greater productivity and improved quality of AM parts across industries. Furthermore, the QA guidelines and functional design models provide the foundation for the development of a QA architecture and management system.                                      Originality/value              This systematically integrated view and the corresponding QA plan can pose fundamental questions to the AM community and initiate new research efforts in the in-situ digital inspection of AM processes and parts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2015693</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>