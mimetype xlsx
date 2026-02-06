--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10220041</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3368089.3417935</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>UIScreens: extracting user interface screens from mobile programming video tutorials</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Alahmadi, Mohammad; Tayeb, Ahmad; Khormi, Abdulkarim; Parra, Esteban; Haiduc, Sonia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 28th ACM Joint Meeting on European Software Engineering Conference and Symposium on the Foundations of Software Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1660 to 1664</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mobile apps are one of the most widely used types of software systems in existence today and more programmers and students learn how to develop them everyday. One of the most popular resources for learning mobile programming are videos hosted on social platforms such as YouTube. While useful, this type of resource has also its limitations, especially when developers are looking for user interface (UI) designs for mobile applications, since these are hard to search for and locate in videos. We propose UIScreens, a web-based analysis and search engine that analyzes the visual contents of mobile programming video tutorials, then identifies and extracts the UI screens displayed in the videos. Our tool offers features such as searching for UI screens in videos, displaying an overview of the UI screens identified in a video under each search result, and navigating to the part of a video where a particular UI screen is being displayed and discussed. In a user study, participants agreed that UIScreens is usable and useful to quickly skim through videos, while the UI screens it extracts can help developers further determine the relevance of videos to a search topic.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1846142</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>