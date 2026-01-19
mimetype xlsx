--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,102 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10221188</t>
-[...8 lines deleted...]
-    <t>Psaltis, Dimitrios; Medeiros, Lia; Christian, Pierre; Özel, Feryal; Akiyama, Kazunori; Alberdi, Antxon; Alef, Walter; Asada, Keiichi; Azulay, Rebecca; Ball, David; Baloković, Mislav; Barrett, John; Bintley, Dan; Blackburn, Lindy; Boland, Wilfred; Bower, Geoffrey C.; Bremer, Michael; Brinkerink, Christiaan D.; Brissenden, Roger; Britzen, Silke; Broguiere, Dominique; Bronzwaer, Thomas; Byun, Do-Young; Carlstrom, John E.; Chael, Andrew; Chan, Chi-kwan; Chatterjee, Shami; Chatterjee, Koushik; Chen, Ming-Tang; Chen, Yongjun; Cho, Ilje; Conway, John E.; Cordes, James M.; Crew, Geoffrey B.; Cui, Yuzhu; Davelaar, Jordy; De Laurentis, Mariafelicia; Deane, Roger; Dempsey, Jessica; Desvignes, Gregory; Dexter, Jason; Eatough, Ralph P.; Falcke, Heino; Fish, Vincent L.; Fomalont, Ed; Fraga-Encinas, Raquel; Friberg, Per; Fromm, Christian M.; Gammie, Charles F.; García, Roberto; Gentaz, Olivier; Goddi, Ciriaco; Gómez, José L.; Gu, Minfeng; Gurwell, Mark; Hada, Kazuhiro; Hesper, Ronald; Ho, Luis C.; Ho, Paul; Honma, Mareki; Huang, Chih-Wei L.; Huang, Lei; Hughes, David H.; Inoue, Makoto; Issaoun, Sara; James, David J.; Jannuzi, Buell T.; Janssen, Michael; Jiang, Wu; Jimenez-Rosales, Alejandra; Johnson, Michael D.; Jorstad, Svetlana; Jung, Taehyun; Karami, Mansour; Karuppusamy, Ramesh; Kawashima, Tomohisa; Keating, Garrett K.; Kettenis, Mark; Kim, Jae-Young; Kim, Junhan; Kim, Jongsoo; Kino, Motoki; Koay, Jun Yi; Koch, Patrick M.; Koyama, Shoko; Kramer, Michael; Kramer, Carsten; Krichbaum, Thomas P.; Kuo, Cheng-Yu; Lauer, Tod R.; Lee, Sang-Sung; Li, Yan-Rong; Li, Zhiyuan; Lindqvist, Michael; Lico, Rocco; Liu, Jun; Liu, Kuo; Liuzzo, Elisabetta; Lo, Wen-Ping; Lobanov, Andrei P.; Lonsdale, Colin; Lu, Ru-Sen; Mao, Jirong; Markoff, Sera; Marrone, Daniel P.; Marscher, Alan P.; Martí-Vidal, Iván; Matsushita, Satoki; Mizuno, Yosuke; Mizuno, Izumi; Moran, James M.; Moriyama, Kotaro; Moscibrodzka, Monika; Müller, Cornelia; Musoke, Gibwa; Mus Mejías, Alejandro; Nagai, Hiroshi; Nagar, Neil M.; Narayan, Ramesh; Narayanan, Gopal; Natarajan, Iniyan; Neri, Roberto; Noutsos, Aristeidis; Okino, Hiroki; Olivares, Héctor; Oyama, Tomoaki; Palumbo, Daniel C. M.; Park, Jongho; Patel, Nimesh; Pen, Ue-Li; Piétu, Vincent; Plambeck, Richard; PopStefanija, Aleksandar; Prather, Ben; Preciado-López, Jorge A.; Ramakrishnan, Venkatessh; Rao, Ramprasad; Rawlings, Mark G.; Raymond, Alexander W.; Ripperda, Bart; Roelofs, Freek; Rogers, Alan; Ros, Eduardo; Rose, Mel; Roshanineshat, Arash; Rottmann, Helge; Roy, Alan L.; Ruszczyk, Chet; Ryan, Benjamin R.; Rygl, Kazi L. J.; Sánchez, Salvador; Sánchez-Arguelles, David; Sasada, Mahito; Savolainen, Tuomas; Schloerb, F. Peter; Schuster, Karl-Friedrich; Shao, Lijing; Shen, Zhiqiang; Small, Des; Sohn, Bong Won; SooHoo, Jason; Tazaki, Fumie; Tilanus, Remo P. J.; Titus, Michael; Torne, Pablo; Trent, Tyler; Traianou, Efthalia; Trippe, Sascha; van Bemmel, Ilse; van Langevelde, Huib Jan; van Rossum, Daniel R.; Wagner, Jan; Wardle, John; Ward-Thompson, Derek; Weintroub, Jonathan; Wex, Norbert; Wharton, Robert; Wielgus, Maciek; Wong, George N.; Wu, Qingwen; Yoon, Doosoo; Young, André; Young, Ken; Younsi, Ziri; Yuan, Feng; Yuan, Ye-Fei; Zhao, Shan-Shan</t>
+    <t>10492348</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/magnetochemistry10030014</t>
+  </si>
+  <si>
+    <t>Nano-Magnonic Crystals by Periodic Modulation of Magnetic Parameters</t>
+  </si>
+  <si>
+    <t>Roxburgh, Alison; Iacocca, Ezio</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...8 lines deleted...]
-    <t>125</t>
+    <t>Federico Montoncello</t>
+  </si>
+  <si>
+    <t>2024-03-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Magnetochemistry</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>3</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>0031-9007</t>
+    <t>2312-7481</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Magnonic crystals are metamaterials whose magnon behavior can be controlled for specific applications. To date, most magnonic crystals have relied on nanopatterning and magnetostatic waves. Here, we analytically and numerically investigate magnonic crystals defined by modulating magnetic parameters at the nanoscale, which predominantly act on exchange-dominated, sub-100 nm magnons. We focus on two cases: the variation in the exchange constant, and the DMI constant. We found that the exchange constant modulation gives rise to modest band gaps in the forward volume wave and surface wave configurations. The modulation of the DMI constant was found to have little effect on the magnonic band structure, leading instead to a behavior expected for unpatterned thin films. We believe that our results will be interesting for future experimental investigations of nano-designed magnonic crystals and magnonic devices, where material parameters can be locally controlled, e.g., by thermal nano-lithography.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1903847; 1816420; 1743747; 1716327</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>2205796</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>MDPI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,75 +308,81 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>38</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>42</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>43</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>