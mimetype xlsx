--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10221263</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/EuroSP48549.2020.00030</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Practical Volume-Based Attacks on Encrypted Databases</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Poddar, Rishabh; Wang, Stephanie; Lu, Jianan; Popa, Raluca Ada</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2020 IEEE European Symposium on Security and Privacy (EuroS&amp;P)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>354 to 369</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent years have seen an increased interest towards strong security primitives for encrypted databases (such as oblivious protocols) that hide the access patterns of query execution and reveal only the volume of results. However recent work has shown that even volume leakage can enable the reconstruction of entire columns in the database. Yet existing attacks rely on a set of assumptions that are unrealistic in practice for example they (i) require a large number of queries to be issued by the user or (ii) assume certain distributions on the queries or underlying data (e.g. that the queries are distributed uniformly at random or that the database does not contain missing values). In this work we present new attacks for recovering the content of individual user queries assuming no leakage from the system except the number of results and avoiding the limiting assumptions above. Unlike prior attacks our attacks require only a single query to be issued by the user for recovering the keyword. Furthermore our attacks make no assumptions about the distribution of issued queries or the underlying data. Instead our key insight is to exploit the behavior of real-world applications. We start by surveying 11 applications to identify two key characteristics that can be exploited by attackers-(l) file injection and (ii) automatic query replay. We present attacks that leverage these two properties in concert with volume leakage independent of the details of any encrypted database system. Subsequently we perform an attack on the real Gmail web client by simulating a server-side adversary. Our attack on Gmail completes within a matter of minutes demonstrating the feasibility of our techniques. We also present three ancillary attacks for situations when certain mitigation strategies are employed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730628</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>