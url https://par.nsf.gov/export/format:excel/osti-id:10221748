--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10221748</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Circuit Playground and Maps To Visualize Migration Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cannell, Christa; Tofel-Grehl, Colby; Searle, Kristin; Hawkman, Andrea</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Gresalfi, Melissa; Horn, I. S.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper shares the design and process of development for a data visualization project that centers computing squarely in social studies classroom instruction for social justice. Circuit Playground Expresses are programmed to engage students in engaging with and creating visualizations of the Great Migration of Black folx from the American South during the Jim Crow era.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1758823</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>