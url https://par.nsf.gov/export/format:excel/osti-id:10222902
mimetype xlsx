--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10504929</t>
-[...8 lines deleted...]
-    <t>Gao, Harry; Gan, Weijie; Sun, Zhixin; Kamilov, Ulugbek S.</t>
+    <t>10222902</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-06-04T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Implicit neural representations (INR) have been recently proposed as deep learning (DL) based solutions for image compression. An image can be compressed by training an INR model with fewer weights than the number of image pixels to map the coordinates of the image to corresponding pixel values. While traditional training approaches for INRs are based on enforcing pixel-wise image consistency, we propose to further improve image quality by using a new structural regularizer. We present structural regularization for INR compression (SINCO) as a novel INR method for image compression. SINCO imposes structural consistency of the compressed images to the groundtruth by using a segmentation network to penalize the discrepancy of segmentation masks predicted from compressed images. We validate SINCO on brain MRI images by showing that it can achieve better performance than some recent INR methods.</t>
+    <t>The More The Merrier: Reducing the Cost of Large Scale MPC</t>
+  </si>
+  <si>
+    <t>Gordon, S. Dov; Starin, Daniel; Yerukhimovich, Arkady</t>
+  </si>
+  <si>
+    <t>Canteaut, Anne; Standaert, Francois-Xavier</t>
+  </si>
+  <si>
+    <t>2021-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Eurocrypt</t>
+  </si>
+  <si>
+    <t>Secure multi-party computation (MPC) allows multiple par-ties  to  perform  secure  joint  computations  on  their  private  inputs.  To-day, applications for MPC are growing with thousands of parties wish-ing  to  build  federated  machine  learning  models  or  trusted  setups  for blockchains. To address such scenarios we propose a suite of novel MPC protocols  that  maximize  throughput  when  run  with  large  numbers of parties. In particular, our protocols have both communication and computation complexity that decrease with the number of parties. Our protocols build on prior protocols based on packed secret-sharing, introducing new techniques to build more efficient computation for general circuits. Specifically,  we  introduce  a  new  approach  for  handling linear attacks that  arise  in  protocols  using  packed  secret-sharing  and  we  propose a method  for  unpacking  shared  multiplication  triples  without  increasingthe  asymptotic  costs.  Compared  with  prior  work,  we  avoid  the  log|C|overhead required when generically compiling circuits of size |C| for use in a SIMD computation, and we improve over folklore “committee-based” solutions by a factor of O(s), the statistical security parameter. In practice, our protocol is up to 10X faster than any known construction, under a reasonable set of parameters.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2043134</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>1955264</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Conference Paper</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rhodes Island, Greece</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,98 +273,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="M2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>