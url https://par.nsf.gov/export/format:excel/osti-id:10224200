--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10224200</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.2196/24432</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Monitoring the Spatial Spread of COVID-19 and Effectiveness of Control Measures Through Human Movement Data: Proposal for a Predictive Model Using Big Data Analytics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Zhenlong; Li, Xiaoming; Porter, Dwayne; Zhang, Jiajia; Jiang, Yuqin; Olatosi, Bankole; Weissman, Sharon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>JMIR Research Protocols</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e24432</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1929-0748</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Background              Human movement is one of the forces that drive the spatial spread of infectious diseases. To date, reducing and tracking human movement during the COVID-19 pandemic has proven effective in limiting the spread of the virus. Existing methods for monitoring and modeling the spatial spread of infectious diseases rely on various data sources as proxies of human movement, such as airline travel data, mobile phone data, and banknote tracking. However, intrinsic limitations of these data sources prevent us from systematic monitoring and analyses of human movement on different spatial scales (from local to global).                                      Objective              Big data from social media such as geotagged tweets have been widely used in human mobility studies, yet more research is needed to validate the capabilities and limitations of using such data for studying human movement at different geographic scales (eg, from local to global) in the context of global infectious disease transmission. This study aims to develop a novel data-driven public health approach using big data from Twitter coupled with other human mobility data sources and artificial intelligence to monitor and analyze human movement at different spatial scales (from global to regional to local).                                      Methods              We will first develop a database with optimized spatiotemporal indexing to store and manage the multisource data sets collected in this project. This database will be connected to our in-house Hadoop computing cluster for efficient big data computing and analytics. We will then develop innovative data models, predictive models, and computing algorithms to effectively extract and analyze human movement patterns using geotagged big data from Twitter and other human mobility data sources, with the goal of enhancing situational awareness and risk prediction in public health emergency response and disease surveillance systems.                                      Results              This project was funded as of May 2020. We have started the data collection, processing, and analysis for the project.                                      Conclusions              Research findings can help government officials, public health managers, emergency responders, and researchers answer critical questions during the pandemic regarding the current and future infectious risk of a state, county, or community and the effectiveness of social/physical distancing practices in curtailing the spread of the virus.                                      International Registered Report Identifier (IRRID)              DERR1-10.2196/24432</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2028791</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>