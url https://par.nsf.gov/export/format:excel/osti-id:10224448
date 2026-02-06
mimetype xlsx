--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10224448</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling Unstructured Data: Teachers as Learners and Designers of Technology-enhanced Artificial Intelligence Curriculum</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tatar, C.; Yoder, M. M.; Coven, M.; Wiedemann, K.; Chao, J.; Finzer, W.; Jiang, S.; Rosé, C. P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences Annual Meeting 2021</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we present a co-design study with teachers to contribute towards the development of a technology-enhanced Artificial Intelligence (AI) curriculum, focusing on modeling unstructured data. We created an initial design of a learning activity prototype and explored ways to incorporate the design into high school classes. Specifically, teachers explored text classification models with the prototype and reflected on the exploration as a user, learner, and teacher. They provided insights about learning opportunities in the activity and feedback for integrating it into their teaching. Findings from qualitative analysis demonstrate that exploring text classification models provided an accessible and comprehensive approach for integrated learning of mathematics, language arts, and computing with the potential of supporting the understanding of core AI concepts including identifying structure within unstructured data and reasoning about the roles of human insight in developing AI technologies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1949110</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>