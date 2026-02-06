--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10224854</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/pasa.2020.37</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The impact of tandem redundant/sky-based calibration in MWA Phase II data analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Zheng; Pober, Jonathan C.; Li, Wenyang; Hazelton, Bryna J.; Morales, Miguel F.; Trott, Cathryn M.; Jordan, Christopher H.; Joseph, Ronniy C.; Beardsley, Adam; Barry, Nichole; Byrne, Ruby; Tingay, Steven J.; Chokshi, Aman; Hasegawa, Kenji; Jacobs, Daniel C.; Lanman, Adam; Line, Jack L.; Lynch, Christene; McKinley, Benjamin; Mitchell, Daniel A.; Murray, Steven; Pindor, Bart; Rahimi, Mahsa; Takahashi, Keitaro; Wayth, Randall B.; Webster, Rachel L.; Wilensky, Michael; Yoshiura, Shintaro; Zheng, Qian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of Australia</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1323-3580</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Precise instrumental calibration is of crucial importance to 21-cm cosmology experiments. The Murchison Widefield Array’s (MWA) Phase II compact configuration offers us opportunities for both redundant calibration and sky-based calibration algorithms; using the two in tandem is a potential approach to mitigate calibration errors caused by inaccurate sky models. The MWA Epoch of Reionization (EoR) experiment targets three patches of the sky (dubbed EoR0, EoR1, and EoR2) with deep observations. Previous work in Li et al. (2018) and (2019) studied the effect of tandem calibration on the EoR0 field and found that it yielded no significant improvement in the power spectrum (PS) over sky-based calibration alone. In this work, we apply similar techniques to the EoR1 field and find a distinct result: the improvements in the PS from tandem calibration are significant. To understand this result, we analyse both the calibration solutions themselves and the effects on the PS over three nights of EoR1 observations. We conclude that the presence of the bright radio galaxy Fornax A in EoR1 degrades the performance of sky-based calibration, which in turn enables redundant calibration to have a larger impact. These results suggest that redundant calibration can indeed mitigate some level of model incompleteness error.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1643011</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>