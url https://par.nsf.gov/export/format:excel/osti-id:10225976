--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10225976</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1175/JHM-D-19-0295.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Incorporation of Satellite Precipitation Uncertainty in a Landslide Hazard Nowcasting System</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hartke, Samantha H.; Wright, Daniel B.; Kirschbaum, Dalia B.; Stanley, Thomas A.; Li, Zhe</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Hydrometeorology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1741 to 1759</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1525-755X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Many existing models that predict landslide hazards utilize ground-based sources of precipitation data. In locations where ground-based precipitation observations are limited (i.e., a vast majority of the globe), or for landslide hazard models that assess regional or global domains, satellite multisensor precipitation products offer a promising near-real-time alternative to ground-based data. NASA’s global Landslide Hazard Assessment for Situational Awareness (LHASA) model uses the Integrated Multisatellite Retrievals for Global Precipitation Measurement (IMERG) product to issue hazard “nowcasts” in near–real time for areas that are currently at risk for landsliding. Satellite-based precipitation estimates, however, can contain considerable systematic bias and random error, especially over mountainous terrain and during extreme rainfall events. This study combines a precipitation error modeling framework with a probabilistic adaptation of LHASA. Compared with the routine version of LHASA, this probabilistic version correctly predicts more of the observed landslides in the study region with fewer false alarms by high hazard nowcasts. This study demonstrates that improvements in landslide hazard prediction can be achieved regardless of whether the IMERG error model is trained using abundant ground-based precipitation observations or using far fewer and more scattered observations, suggesting that the approach is viable in data-limited regions. Results emphasize the importance of accounting for both random error and systematic satellite precipitation bias. The approach provides an example of how environmental prediction models can incorporate satellite precipitation uncertainty. Other applications such as flood and drought monitoring and forecasting could likely benefit from consideration of precipitation uncertainty.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928724</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>