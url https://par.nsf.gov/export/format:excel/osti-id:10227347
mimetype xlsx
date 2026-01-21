--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>null</t>
   </si>
   <si>
     <t>2021-05-05T04:00:00Z</t>
   </si>
   <si>
     <t>eLife</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2050-084X</t>
   </si>
   <si>
     <t>Plants produce diverse metabolites to cope with the challenges presented by complex and ever-changing environments. These challenges drive the diversification of specialized metabolites within and between plant species. However, we are just beginning to understand how frequently new alleles arise controlling specialized metabolite diversity and how the geographic distribution of these alleles may be structured by ecological and demographic pressures. Here we measure the variation in specialized metabolites across a population of 797 natural              Arabidopsis thaliana              accessions. We show a combination of geography, environmental parameters, demography, and different genetic processes all combine to influence the specific chemotypes and their distribution. This showed that causal loci in specialized metabolism contain frequent independently generated alleles with patterns suggesting potential within species convergence. This provides a new perspective about the complexity of the selective forces and mechanisms that shape the generation and distribution of allelic variation that may influence local adaptation.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1655810; 1906486</t>
+    <t>1655810; 1906486; 1330337</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -327,47 +327,49 @@
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>