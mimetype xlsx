--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10227494</t>
-[...8 lines deleted...]
-    <t>Guo, Hongxia; Gui, Changfeng; Lin, Ping; Zhao, Mingfeng</t>
+    <t>10318900</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3389/fpsyg.2021.674694</t>
+  </si>
+  <si>
+    <t>The Effect of a 3-Minute Mindfulness Intervention, and the Mediating Role of Maximization, on Critical Incident Decision-Making</t>
+  </si>
+  <si>
+    <t>Shortland, Neil D.; McGarry, Presley; Thompson, Lisa; Stevens, Catherine; Alison, Laurence J.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...20 lines deleted...]
-    <t>Abstract            The existence and multiplicity of similarity solutions for the steady, incompressible and fully developed laminar flows in a uniformly porous channel with two permeable walls are investigated. We shall focus on the so-called asymmetric case where the upper wall is with an amount of flow injection and the lower wall with a different amount of suction. The numerical results suggest that there exist three solutions designated as type $I$, type $II$ and type $III$ for the asymmetric case, type $I$ solution exists for all non-negative Reynolds number and types $II$ and $III$ solutions appear simultaneously at a common Reynolds number that depends on the value of asymmetric parameter $a$ and with the increase of $a$ the common Reynolds numbers are decreasing. We also theoretically show that there exist three solutions. The corresponding asymptotic solution for each of the multiple solutions is constructed by the method of boundary layer correction or matched asymptotic expansion for the most difficult high Reynolds number case. These asymptotic solutions are all verified by their corresponding numerical solutions.</t>
+    <t>2021-05-28T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Frontiers in Psychology</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>1664-1078</t>
+  </si>
+  <si>
+    <t>Objective              In this study, we extend the impact of mindfulness to the concept of least-worst decision-making. Least-worst decisions involve high-uncertainty and require the individual to choose between a number of potentially negative courses of action. Research is increasingly exploring least-worst decisions, and real-world events (such as the COVID-19 pandemic) show the need for individuals to overcome uncertainty and commit to a least-worst course of action. From sports to business, researchers are increasingly showing that “being mindful” has a range of positive performance-related benefits. We hypothesized that mindfulness would improve least-worst decision-making because it would increase self-reflection and value identification. However, we also hypothesized that trait maximization (the tendency to attempt to choose the “best” course of action) would negatively interact with mindfulness.                                      Methods              Three hundred and ninety-eight participants were recruited using Amazon MTurk and exposed to a brief mindfulness intervention or a control intervention (listening to an audiobook). After this intervention, participants completed the Least-Worst Uncertain Choice Inventory for Emergency Responders (LUCIFER).                                      Results              As hypothesized, mindfulness increased decision-making speed and approach-tendencies. Conversely, for high-maximizers, increased mindfulness caused a slowing of the decision-making process and led to more avoidant choices.                                      Conclusions              This study shows the potential positive and negative consequences of mindfulness for least-worst decision-making, emphasizing the critical importance of individual differences when considering both the effect of mindfulness and interventions aimed at improving decision-making.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1901914</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1945108</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -291,93 +282,89 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>