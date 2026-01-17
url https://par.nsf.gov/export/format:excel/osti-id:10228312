--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10228312</t>
-[...8 lines deleted...]
-    <t>Du, Xiangsha; Jin, Rongchao</t>
+    <t>10280091</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.4230/LIPIcs.ECOOP.2020.2</t>
+  </si>
+  <si>
+    <t>Perfect Is the Enemy of Good: Best-Effort Program Synthesis</t>
+  </si>
+  <si>
+    <t>Peleg, Hila; Polikarpova, Nadia</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>null</t>
-[...20 lines deleted...]
-    <t>Ultrasmall metal nanoparticles (below 2.2 nm core diameter) start to show discrete electronic energy levels due to strong quantum confinement effects and thus behave much like molecules. The size and structure dependent quantization induces a plethora of new phenomena, including multi-band optical absorption, enhanced luminescence, single-electron magnetism, and catalytic reactivity. The exploration of such new properties is largely built on the success in unveiling the crystallographic structures of atomically precise nanoclusters (typically protected by ligands, formulated as M              n              L              m              q              , where M = metal, L = Ligand, and              q              = charge). Correlation between the atomic structures of nanoclusters and their properties has further enabled atomic-precision engineering toward materials design. In this frontier article, we illustrate several aspects of the precise engineering of gold nanoclusters, such as the single-atom size augmenting, single-atom dislodging and doping, precise surface modification, and single-electron control for magnetism. Such precise engineering involves the nanocluster's geometric structure, surface chemistry, and electronic properties, and future endeavors will lead to new materials design rules for structure–function correlations and largely boost the applications of metal nanoclusters in optics, catalysis, magnetism, and other fields. Following the illustrations of atomic-precision engineering, we have also put forth some perspectives. We hope this frontier article will stimulate research interest in atomic-level engineering of nanoclusters.</t>
+    <t>Hirschfeld, Robert; Pape, Tobias</t>
+  </si>
+  <si>
+    <t>2020-11-06T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Leibniz international proceedings in informatics</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>1868-8969</t>
+  </si>
+  <si>
+    <t>Program synthesis promises to help software developers with everyday tasks by generating code snippets automatically from input-output examples and other high-level specifications. The conventional wisdom is that a synthesizer must always satisfy the specification exactly. We conjecture that this all-or-nothing paradigm stands in the way of adopting program synthesis as a developer tool: in practice, the user-written specification often contains errors or is simply too hard for the synthesizer to solve within a reasonable time; in these cases, the user is left with a single over-fitted result or, more often than not, no result at all. In this paper we propose a new program synthesis paradigm we call best-effort program synthesis, where the synthesizer returns a ranked list of partially-valid results, i.e. programs that satisfy some part of the specification. To support this paradigm, we develop best-effort enumeration, a new synthesis algorithm that extends a popular program enumeration technique with the ability to accumulate and return multiple partially-valid results with minimal overhead. We implement this algorithm in a tool called BESTER, and evaluate it on 79 synthesis benchmarks from the literature. Contrary to the conventional wisdom, our evaluation shows that BESTER returns useful results even when the specification is flawed or too hard: i) for all benchmarks with an error in the specification, the top three BESTER results contain the correct solution, and ii) for most hard benchmarks, the top three results contain non-trivial fragments of the correct solution. We also performed an exploratory user study, which confirms our intuition that partially-valid results are useful: the study shows that programmers use the output of the synthesizer for comprehension and often incorporate it into their solutions.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1808675</t>
+    <t>1911149</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>Journal Article</t>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,82 +296,78 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>